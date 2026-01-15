--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -1,1521 +1,1849 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="bin" ContentType="image/png"/>
-  <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/_rels/header3.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/_rels/header2.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/media/image1.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/word/media/image2.png" ContentType="image/png"/>
+  <Override PartName="/word/media/image3.png" ContentType="image/png"/>
+  <Override PartName="/word/media/image4.png" ContentType="image/png"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rcb8158efe2804781" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ce1551c6c41a40309a5145b8e438b237.psmdcp" Id="R49dc6a4235cb46e5" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
+</Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:body>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00E81F93" w:rsidP="00F67ED1" w:rsidRDefault="000023E9">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="71755" distL="144145" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="4DDE082A" wp14:anchorId="6C1A73EC">
+          <wp:anchor behindDoc="1" distT="0" distB="71755" distL="144145" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3554095</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-10795</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2228400" cy="1382400"/>
-            <wp:effectExtent l="0" t="0" r="635" b="8255"/>
+            <wp:extent cx="2228215" cy="1382395"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="left"/>
-            <wp:docPr id="5" name="Grafik 5" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+            <wp:docPr id="1" name="Grafik 5" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png"/>
+                    <pic:cNvPr id="1" name="Grafik 5" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png">
+                      <a:hlinkClick r:id="rId3"/>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId2"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2228400" cy="1382400"/>
+                      <a:ext cx="2228215" cy="1382395"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C534E6" w:rsidR="00E81F93">
-[...12 lines deleted...]
-          <w:noProof/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:lang w:val="en-US" w:eastAsia="de-CH"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00101F75" w:rsidP="00F67ED1" w:rsidRDefault="00F67ED1">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
-        <w:spacing w:after="160"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="texttitelsize"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Texttitelsize"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F67ED1">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="7627B367" wp14:anchorId="20EB18EB">
+          <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-542607</wp:posOffset>
+              <wp:posOffset>-542290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-254317</wp:posOffset>
+              <wp:posOffset>-254000</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="381000" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="0" y="0"/>
-[...3 lines deleted...]
-                <wp:lineTo x="0" y="0"/>
+                <wp:start x="-8" y="0"/>
+                <wp:lineTo x="-8" y="20516"/>
+                <wp:lineTo x="20514" y="20516"/>
+                <wp:lineTo x="20514" y="0"/>
+                <wp:lineTo x="-8" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Grafik 2" descr="C:\Temp\QR-Code_klaTv_cut.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="C:\Temp\QR-Code_klaTv_cut.png"/>
+                    <pic:cNvPr id="2" name="Grafik 2" descr="C:\Temp\QR-Code_klaTv_cut.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="381000" cy="381000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00C534E6" w:rsidR="00B9284F">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Texttitelsize"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Verdugo de la verdad - Documental de primera</w:t>
+        <w:t>Verdugo de la verdad - Un documental poco convencional que ha sido visto por millones de personas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00A71903" w:rsidP="00F67ED1" w:rsidRDefault="00A71903">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
-        <w:spacing w:after="160"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="edit"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C534E6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Los cambios positivos en el mundo siempre tomaron su curso sólo cuando la comunidad mundial fue capaz de obtener suficiente información convincente sobre las causas de su destrucción. Vea la película "Thrive", que le ofrece una vista panorámica de las cosas que quizás nunca quiera saber, pero que definitivamente debería saber. Y: No pierda la oportunidad de distribuir la documentación de difusión lo más ampliamente posible.</w:t>
+        <w:t>Los cambios positivos en el mundo siempre han tenido lugar cuando la comunidad internacional ha sido capaz de comprender suficientemente las causas de su destrucción. Vea la película «Thrive», que le ofrece una visión general de las cosas que quizá nunca quiso saber, pero que sin duda debería saber. El documental se realizó en 2011, ha sido visto por millones de personas desde entonces y no ha perdido actualidad. No pierda la oportunidad de ver este documental y difundirlo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00F67ED1" w:rsidP="00F67ED1" w:rsidRDefault="00F67ED1">
-[...3 lines deleted...]
-          <w:rStyle w:val="edit"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C534E6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Aquellos que quieren cambiar este mundo para mejor, pero no saben qué camino seguir como un individuo impotente para poder contribuir, no deberían dejar de difundir la siguiente documentación lo más ampliamente posible. Los cambios positivos en el mundo siempre tomaron su curso sólo cuando la comunidad mundial fue capaz de obtener suficiente información convincente sobre las causas de su destrucción. Los canales postales, las tecnologías de DVD e Internet todavía ofrecen a cada individuo la posibilidad de distribuir estas películas educativas casi indefinidamente. Como individuo, por lo tanto, usted no es impotente. Al difundir el siguiente conocimiento, ud. puede superar su impotencia como individuo. Como los círculos expuestos en los siguientes documentales lo han reconocido con horror, llevan años trabajando arduamente para garantizar que su libertad de información termine lo antes posible. Así que aproveche el tiempo y la oportunidad disponibles y difunda el conocimiento iluminador lo más ampliamente posible.</w:t>
+        <w:t>Aquellos que quieren cambiar este mundo para mejor, pero no saben qué camino seguir como un individuo impotente para poder contribuir, no deberían dejar de difundir la siguiente documentación lo más ampliamente posible. Los cambios positivos en el mundo siempre tomaron su curso sólo cuando la comunidad mundial fue capaz de obtener suficiente información convincente sobre las causas de su destrucción. Los canales postales, las tecnologías de DVD e Internet todavía ofrecen a cada individuo la posibilidad de distribuir estas películas educativas casi indefinidamente. Como individuo, por lo tanto, usted no es impotente. Al difundir el siguiente conocimiento, ud. puede superar su impotencia como individuo. Como los círculos expuestos en los siguientes documentales lo han reconocido con horror, llevan años trabajando arduamente para garantizar que su libertad de información termine lo antes posible. Así que aproveche el tiempo y la oportunidad disponibles y difunda el conocimiento iluminador lo más ampliamente posible.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00F67ED1" w:rsidP="00F67ED1" w:rsidRDefault="00F67ED1">
-[...3 lines deleted...]
-          <w:rStyle w:val="edit"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C534E6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>de is.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00F202F1" w:rsidP="00C534E6" w:rsidRDefault="00F202F1">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
         </w:pBdr>
-        <w:spacing w:after="160"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="edit"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C534E6">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Fuentes:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00F202F1" w:rsidP="00C534E6" w:rsidRDefault="00F202F1">
-[...3 lines deleted...]
-          <w:rStyle w:val="edit"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:history="true" r:id="rId21">
-        <w:r w:rsidRPr="00F24C6F">
+      <w:hyperlink r:id="rId5">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-          </w:rPr>
-          <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=8sYkAi04ojc</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="00C534E6" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="00C534E6">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
         </w:pBdr>
-        <w:spacing w:after="160"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="edit"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C534E6">
-[...1 lines deleted...]
-          <w:rStyle w:val="edit"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+        <w:t>Esto también podría interesarle:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepLines/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-CH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t>---</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
+        <w:keepLines/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
-        <w:t>Esto también podría interesarle:</w:t>
-[...32 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="698817D4" wp14:anchorId="179C7D85">
+          <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>14605</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>454025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="719455"/>
-            <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="831" y="0"/>
-[...8 lines deleted...]
-                <wp:lineTo x="831" y="0"/>
+                <wp:start x="821" y="0"/>
+                <wp:lineTo x="-10" y="1136"/>
+                <wp:lineTo x="-10" y="19438"/>
+                <wp:lineTo x="409" y="21156"/>
+                <wp:lineTo x="821" y="21156"/>
+                <wp:lineTo x="20349" y="21156"/>
+                <wp:lineTo x="21180" y="20007"/>
+                <wp:lineTo x="21180" y="1136"/>
+                <wp:lineTo x="20349" y="0"/>
+                <wp:lineTo x="821" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="1" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
+            <wp:docPr id="3" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png"/>
+                    <pic:cNvPr id="3" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+                      <a:hlinkClick r:id="rId7"/>
+                    </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId6"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="990600" cy="719455"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-            </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="edit"/>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>Kla.TV – Las otras noticias ... libre – independiente – no censurada ...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009779AD" w:rsidR="00FF4982" w:rsidP="00FF4982" w:rsidRDefault="00FF4982">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:start="714" w:hanging="357"/>
+        <w:ind w:hanging="357" w:left="714"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>lo que los medios de comunicación no deberían omitir ...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="009779AD" w:rsidR="00FF4982" w:rsidP="00FF4982" w:rsidRDefault="00FF4982">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:start="714" w:hanging="357"/>
+        <w:ind w:hanging="357" w:left="714"/>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-CH"/>
         </w:rPr>
         <w:t>poco escuchado – del pueblo para el pueblo ...</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="001D6477" w:rsidR="00FF4982" w:rsidP="001D6477" w:rsidRDefault="00FF4982">
-[...2 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:start="714" w:hanging="357"/>
+        <w:ind w:hanging="357" w:left="714"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D6477">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">cada viernes emisiones a las 19:45 horas en </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId13">
-        <w:r w:rsidRPr="001D6477" w:rsidR="001D6477">
+      <w:hyperlink r:id="rId8">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.kla.tv/es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="001D6477" w:rsidR="00FF4982" w:rsidP="001D6477" w:rsidRDefault="00FF4982">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:ind w:firstLine="357"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D6477">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>¡Vale la pena seguir adelante!</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006C4827" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="001D6477">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:keepLines/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D6477">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Para obtener una suscripción gratuita con noticias mensuales</w:t>
+        <w:t>Para obtener una suscripción gratuita con noticias mensuales</w:t>
         <w:br/>
         <w:t xml:space="preserve">por correo electrónico, suscríbase a: </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId14">
-        <w:r w:rsidRPr="001D6477">
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.kla.tv/abo-es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="001D6477" w:rsidRDefault="001D6477">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
         </w:pBdr>
-        <w:spacing w:after="160"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="edit"/>
+        <w:spacing w:before="0" w:after="160"/>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4827">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Aviso de seguridad:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="00C60E18" w:rsidRDefault="001D6477">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4827">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Edit"/>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lamentablemente, las voces discrepantes siguen siendo censuradas y reprimidas. Mientras no informemos según los intereses e ideologías de la prensa del sistema, debemos esperar siempre que se busquen pretextos para bloquear o perjudicar a Kla.TV.</w:t>
+        <w:t>Lamentablemente, las voces discrepantes siguen siendo censuradas y reprimidas. Mientras no informemos según los intereses e ideologías de la prensa del sistema, debemos esperar siempre que se busquen pretextos para bloquear o perjudicar a Kla.TV.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="00C534E6" w:rsidRDefault="00C205D1">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:keepLines/>
-        <w:spacing w:after="160"/>
+        <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006C4827">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Por lo tanto, ¡conéctese hoy con independencia de Internet!</w:t>
+        <w:t>Por lo tanto, ¡conéctese hoy con independencia de Internet!</w:t>
         <w:br/>
-        <w:t xml:space="preserve">Haga clic aquí:</w:t>
+        <w:t>Haga clic aquí:</w:t>
       </w:r>
-      <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId15">
-        <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
+      <w:hyperlink r:id="rId10">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>www.kla.tv/vernetzung&amp;lang=es</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00C60E18" w:rsidP="00C60E18" w:rsidRDefault="00C60E18">
-[...1 lines deleted...]
-        <w:keepNext/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
         </w:pBdr>
-        <w:spacing w:after="120"/>
-        <w:rPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:i/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0080337B">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Licencia:</w:t>
+        <w:t xml:space="preserve">Licencia:  </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
-        <w:rPr>
-[...13 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D79462B" wp14:editId="7085BF01">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="374650" cy="184150"/>
-            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
-            <wp:docPr id="16" name="Grafik 16" descr="C:\Users\W\Downloads\ccby_transparent.png"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="4" name="Grafik 16" descr="C:\Users\W\Downloads\ccby_transparent.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="16" name="Grafik 16" descr="C:\Users\W\Downloads\ccby_transparent.png"/>
+                    <pic:cNvPr id="4" name="Grafik 16" descr="C:\Users\W\Downloads\ccby_transparent.png"/>
                     <pic:cNvPicPr>
-                      <a:picLocks noChangeAspect="1"/>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
-[...6 lines deleted...]
-                    <a:srcRect/>
+                    <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="374650" cy="184150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">  Licencia Creative Commons con atribución</w:t>
       </w:r>
-      <w:r w:rsidRPr="0080337B">
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidRPr="00C60E18" w:rsidR="00C60E18" w:rsidP="00CB20A5" w:rsidRDefault="00CB20A5">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:keepLines/>
-        <w:spacing w:after="0"/>
+        <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve">¡Se desea la distribución y reprocesamiento con atribución! Sin embargo, el material no puede presentarse fuera de contexto.</w:t>
+        <w:t>¡Se desea la distribución y reprocesamiento con atribución! Sin embargo, el material no puede presentarse fuera de contexto.</w:t>
         <w:br/>
-        <w:t xml:space="preserve">Con las instituciones financiadas con dinero público está prohibido el uso sin consulta.Las infracciones pueden ser perseguidas.</w:t>
+        <w:t>Con las instituciones financiadas con dinero público está prohibido el uso sin consulta.Las infracciones pueden ser perseguidas.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="00C60E18" w:rsidR="00C60E18">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId18"/>
+    <w:sectPr>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
-[...1 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+      <w:pgMar w:left="1417" w:right="1417" w:gutter="0" w:header="708" w:top="1417" w:footer="708" w:bottom="1134"/>
+      <w:pgNumType w:fmt="decimal"/>
+      <w:formProt w:val="false"/>
+      <w:textDirection w:val="lrTb"/>
+      <w:docGrid w:type="default" w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...1 lines deleted...]
-    <w:panose1 w:val="05000000000000000000"/>
+<w:fonts xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <w:font w:name="Times New Roman">
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Symbol">
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...1 lines deleted...]
-    <w:charset w:val="00"/>
+  <w:font w:name="Liberation Serif">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:charset w:val="01"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
-[...1 lines deleted...]
-    <w:family w:val="roman"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-[...20 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidRPr="00F33FD6" w:rsidR="00F33FD6" w:rsidP="00F33FD6" w:rsidRDefault="00F33FD6">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="Footer"/>
+      <w:rPr/>
     </w:pPr>
     <w:r>
-      <w:rPr>
-[...88 lines deleted...]
-      <w:fldChar w:fldCharType="end"/>
+      <w:rPr/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-</w:footnotes>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="3" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:lang w:eastAsia="de-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Verdugo de la verdad - Documental de primera  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> / </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="3" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:lang w:eastAsia="de-CH"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Verdugo de la verdad - Documental de primera  </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> / </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:bCs/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr/>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
-      <w:tblpPr w:leftFromText="142" w:rightFromText="142" w:vertAnchor="text" w:tblpX="92" w:tblpY="1"/>
+      <w:tblpPr w:vertAnchor="text" w:horzAnchor="text" w:leftFromText="142" w:rightFromText="142" w:tblpX="92" w:tblpY="1"/>
       <w:tblOverlap w:val="never"/>
-      <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-      <w:tblLook w:val="04A0"/>
+      <w:tblW w:w="7717" w:type="dxa"/>
+      <w:jc w:val="left"/>
+      <w:tblInd w:w="108" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04a0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7717"/>
     </w:tblGrid>
-    <w:tr w:rsidRPr="006C4827" w:rsidR="00F33FD6" w:rsidTr="00FE2F5D">
+    <w:tr>
+      <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7717" w:type="dxa"/>
           <w:tcBorders>
+            <w:top w:val="nil"/>
             <w:left w:val="nil"/>
-            <w:bottom w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="8" w:space="0"/>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="365F91"/>
+            <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00F67ED1">
+        <w:p>
           <w:pPr>
-            <w:pStyle w:val="Kopfzeile"/>
-            <w:ind w:start="-57"/>
+            <w:pStyle w:val="Header"/>
+            <w:widowControl/>
+            <w:spacing w:before="0" w:after="0"/>
+            <w:ind w:left="-57"/>
+            <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
+              <w:kern w:val="0"/>
               <w:sz w:val="18"/>
-              <w:lang w:val="en-US"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t>Enlace directo:</w:t>
           </w:r>
-          <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
               <w:sz w:val="18"/>
-              <w:lang w:val="en-US"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:hyperlink w:history="true" r:id="rId1">
-            <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
+          <w:hyperlink r:id="rId1">
+            <w:r>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>www.kla.tv/11645</w:t>
             </w:r>
           </w:hyperlink>
-          <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
               <w:sz w:val="18"/>
-              <w:lang w:val="en-US"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t xml:space="preserve"> | </w:t>
           </w:r>
           <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
+              <w:kern w:val="0"/>
               <w:sz w:val="18"/>
-              <w:lang w:val="en-US"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
             <w:t xml:space="preserve">Publicado: </w:t>
           </w:r>
-          <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
+          <w:r>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
               <w:sz w:val="18"/>
-              <w:lang w:val="en-US"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
             </w:rPr>
-            <w:t xml:space="preserve">18.12.2017</w:t>
+            <w:t>18.12.2017</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00F33FD6">
+        <w:p>
           <w:pPr>
-            <w:pStyle w:val="Kopfzeile"/>
+            <w:pStyle w:val="Header"/>
+            <w:widowControl/>
+            <w:spacing w:before="0" w:after="0"/>
+            <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
           </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+          </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00CB20A5">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
-        <w:tab w:val="left" w:pos="7995"/>
+        <w:tab w:val="left" w:pos="7995" w:leader="none"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:lang w:eastAsia="de-CH"/>
+        <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="609E0BF8" wp14:anchorId="44A748BB">
+        <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5039995</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-172720</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="741045" cy="539750"/>
-          <wp:effectExtent l="0" t="0" r="1905" b="0"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
-              <wp:start x="0" y="0"/>
-[...3 lines deleted...]
-              <wp:lineTo x="0" y="0"/>
+              <wp:start x="-10" y="0"/>
+              <wp:lineTo x="-10" y="20576"/>
+              <wp:lineTo x="21093" y="20576"/>
+              <wp:lineTo x="21093" y="0"/>
+              <wp:lineTo x="-10" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="3" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
-            <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
+          <wp:docPr id="5" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+            <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png"/>
+                  <pic:cNvPr id="5" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+                    <a:hlinkClick r:id="rId3"/>
+                  </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId3">
-[...6 lines deleted...]
-                  <a:srcRect/>
+                  <a:blip r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="741045" cy="539750"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...2 lines deleted...]
-                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblStyle w:val="Tabellenraster"/>
+      <w:tblpPr w:vertAnchor="text" w:horzAnchor="text" w:leftFromText="142" w:rightFromText="142" w:tblpX="92" w:tblpY="1"/>
+      <w:tblOverlap w:val="never"/>
+      <w:tblW w:w="7717" w:type="dxa"/>
+      <w:jc w:val="left"/>
+      <w:tblInd w:w="108" w:type="dxa"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04a0"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="7717"/>
+    </w:tblGrid>
+    <w:tr>
+      <w:trPr/>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="7717" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="nil"/>
+            <w:left w:val="nil"/>
+            <w:bottom w:val="single" w:sz="8" w:space="0" w:color="365F91"/>
+            <w:right w:val="nil"/>
+          </w:tcBorders>
+        </w:tcPr>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:widowControl/>
+            <w:spacing w:before="0" w:after="0"/>
+            <w:ind w:left="-57"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:b/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t>Enlace directo:</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:hyperlink r:id="rId1">
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:t>www.kla.tv/11645</w:t>
+            </w:r>
+          </w:hyperlink>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> | </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:b/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Publicado: </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+            <w:t>18.12.2017</w:t>
+          </w:r>
+        </w:p>
+        <w:p>
+          <w:pPr>
+            <w:pStyle w:val="Header"/>
+            <w:widowControl/>
+            <w:spacing w:before="0" w:after="0"/>
+            <w:jc w:val="left"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="18"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+              <w:kern w:val="0"/>
+              <w:sz w:val="18"/>
+              <w:szCs w:val="22"/>
+              <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+            </w:rPr>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+  </w:tbl>
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4536"/>
+        <w:tab w:val="clear" w:pos="9072"/>
+        <w:tab w:val="left" w:pos="7995" w:leader="none"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="18"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="4">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>5039995</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-172720</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="741045" cy="539750"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="-10" y="0"/>
+              <wp:lineTo x="-10" y="20576"/>
+              <wp:lineTo x="21093" y="20576"/>
+              <wp:lineTo x="21093" y="0"/>
+              <wp:lineTo x="-10" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="6" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+            <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="6" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
+                    <a:hlinkClick r:id="rId3"/>
+                  </pic:cNvPr>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="741045" cy="539750"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="92F424F2">
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:abstractNum w:abstractNumId="1">
+    <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="è"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="720" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:rFonts w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="true">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="1440" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="true">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="2160" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="true">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="2880" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="true">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="3600" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="true">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="4320" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="true">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="5040" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="true">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="5760" w:hanging="360"/>
-[...2 lines deleted...]
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="true">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="§"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:start="6480" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:pStyle w:val="Heading1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:hanging="0"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:zoom w:percent="90"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="425"/>
-[...11 lines deleted...]
-  </w:endnotePr>
+  <w:autoHyphenation w:val="true"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...49 lines deleted...]
-  <w:listSeparator w:val=";"/>
+  <w:themeFontLang w:val="de-CH" w:eastAsia="" w:bidi=""/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="true"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1614,842 +1942,529 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="true"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Standard" w:default="true">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:widowControl/>
+      <w:bidi w:val="0"/>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Absatz-Standardschriftart" w:default="true">
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="Heading"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Serif" w:hAnsi="Liberation Serif" w:eastAsia="Tahoma" w:cs="Tahoma"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="NormaleTabelle" w:default="true">
+  <w:style w:type="character" w:styleId="KopfzeileZchn" w:customStyle="1">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="FuzeileZchn" w:customStyle="1">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="SprechblasentextZchn" w:customStyle="1">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:rPr>
+      <w:color w:themeColor="hyperlink" w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Texttitelsize" w:customStyle="1">
+    <w:name w:val="text_titel_size"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00e81f93"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Edit" w:customStyle="1">
+    <w:name w:val="edit"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00a71903"/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="BodyText"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="PingFang SC" w:cs="Arial Unicode MS"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:pPr/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial Unicode MS"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4536" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="708"/>
+        <w:tab w:val="center" w:pos="4536" w:leader="none"/>
+        <w:tab w:val="right" w:pos="9072" w:leader="none"/>
+      </w:tabs>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SprechblasentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00f33fd6"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00ff4982"/>
+    <w:pPr>
+      <w:spacing w:lineRule="auto" w:line="259" w:before="0" w:after="160"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:val="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FrameContents">
+    <w:name w:val="Frame Contents"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr/>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="KeineListe" w:default="true">
-[...89 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F33FD6"/>
+    <w:rsid w:val="00f33fd6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="texttitelsize" w:customStyle="true">
-[...24 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...316 lines deleted...]
-</w:styles>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/11645" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=8sYkAi04ojc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/es" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/es" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/abo-es" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/vernetzung&amp;lang=es" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
+</Relationships>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/11645" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv" TargetMode="External"/>
+</Relationships>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=8sYkAi04ojc" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="/word/stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.bin" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.bin" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.bin" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/11645" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/es" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/es" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/vernetzung&amp;lang=es" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/abo-es" TargetMode="External" Id="rId14" /></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/11645" TargetMode="External" Id="rId1" /></Relationships>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/11645" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv" TargetMode="External"/>
+</Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="ffffff"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="1f497d"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="eeece1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4f81bd"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="c0504d"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="9bbb59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="8064a2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4bacc6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="f79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0000ff"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Larissa">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" pitchFamily="0" charset="1"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Larissa">
+    <a:fmtScheme>
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
-                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
-                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...4 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
         <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...16 lines deleted...]
-          </a:sp3d>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
-                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
-                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
-                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
-                <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
+          <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...31 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Application>LibreOffice/24.2.0.3$MacOSX_AARCH64 LibreOffice_project/da48488a73ddd66ea24cf16bbc4f7b9c08e9bea1</Application>
+  <AppVersion></AppVersion>
+  <Pages>2</Pages>
+  <Words>424</Words>
+  <Characters>2450</Characters>
+  <CharactersWithSpaces>2860</CharactersWithSpaces>
+  <Paragraphs>22</Paragraphs>
+</Properties>
 </file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:creator>Kla.tv (DocGen 1.5.0.0)</dc:creator>
+  <dc:description/>
+  <dc:language>de-DE</dc:language>
+  <cp:lastModifiedBy/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:revision></cp:revision>
+  <dc:subject/>
+  <dc:title/>
+</cp:coreProperties>
+</file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+</file>