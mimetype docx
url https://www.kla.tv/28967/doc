--- v0 (2025-12-05)
+++ v1 (2026-03-18)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="bin" ContentType="image/png"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R2d5e3c451f244a00" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9be11f4e45894bb284f0bcb111af3999.psmdcp" Id="R33d7abad780c4da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="Rd30c6d0f6fc34726" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/781b241352dd41eaa19aface20413669.psmdcp" Id="R533a4875170a4889" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00E81F93" w:rsidP="00F67ED1" w:rsidRDefault="000023E9">
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="71755" distL="144145" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="4DDE082A" wp14:anchorId="6C1A73EC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3554095</wp:posOffset>
@@ -195,72 +195,73 @@
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="00C534E6" w:rsidR="00B9284F">
         <w:rPr>
           <w:rStyle w:val="texttitelsize"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>Arme de guerre – taxes sur l’audio-visuel | 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek)</w:t>
+        <w:t>Prélèvements obligatoires SSR : 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek) | 8 mars : « OUI ! 200 francs, ça suffit ! »</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00A71903" w:rsidP="00F67ED1" w:rsidRDefault="00A71903">
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C534E6">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Que ce soit en Suisse, en Allemagne ou en Autriche, les taxes obligatoires sur l’audio-visuel sont le résultat des nouvelles lois sur les prélèvements obligatoires. D'une part, les personnes qui refusent de payer s'exposent à des poursuites pénales. D'autre part, il est interdit aux personnes de participer financièrement à des organisations dont les agissements ont été jugés, par des experts de haut niveau, criminels et extrêmement dangereux pour le bien-être du peuple. Que faire alors ? On a besoin d’un bon conseil dans cette situation. Ivo Sasek est prêt à aller jusqu'à la plus haute instance possible avec sa proposition judiciaire ; chaque citoyen, pour sa propre protection devrait savoir pourquoi !</w:t>
+        <w:t>8 mars 2026 : OUI à l'initiative populaire « 200 francs, ça suffit ! »
+Les taxes audiovisuelles en Suisse, en Allemagne et au Autriche sont le résultat des nouvelles lois sur les médias imposant des redevances obligatoires. D'une part, les personnes qui refusent de payer s'exposent à des poursuites pénales. D'autre part, il est interdit aux citoyens de participer financièrement à des organisations dont les agissements ont été qualifiés de criminels et extrêmement dangereux pour le bien-être public par des experts de haut niveau. Que faire maintenant ? Il faut ici un bon conseil – Ivo Sasek est prêt à aller jusqu'à la plus haute instance possible avec son recours judiciaire. Chaque citoyen devrait en connaître la raison, pour sa propre protection !</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00F67ED1" w:rsidP="00F67ED1" w:rsidRDefault="00F67ED1">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C534E6">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Il n'y a pas d'autre solution : l'OMS hors de tous les pays ! C'est fini ! Fini ces clubs ! Ils sont très dangereux – celui des médias est le plus dangereux. Toutes les guerres présentées à l'arrière n'ont été rendues possibles que parce que nos médias à taxes obligatoires ont diffusé des mensonges de guerre. Les guerres elles-mêmes qui sont actuellement menées, sont des manœuvres de diversion pour couvrir la guerre en cours, qui est bien plus importante. </w:t>
         <w:br/>
         <w:t xml:space="preserve"/>
         <w:br/>
         <w:t xml:space="preserve">Elles sont donc là, les nouvelles lois sur les taxes sur l’audio-visuel obligatoires. Et ces nouvelles lois menacent d'amendes et de poursuites pénales, voire de poursuites judiciaires, tous ceux qui refusent de payer, même si, comme moi et mes proches, ils n'ont plus de téléviseur ni de raccordement depuis plus de 40 ans. Mais vous savez quoi ? Moi et ma maison sommes sereins face à toutes ces menaces. Et maintenant, je vais vous expliquer pourquoi il en est ainsi. Pourquoi nous résistons aussi à la 12e contrainte de paiement de Serafe, l’organe qui perçoit les taxes obligatoires. Avec ce discours, je vous lègue en même temps mon dossier judiciaire bien documenté, avec lequel je suis prêt à aller jusqu'à la plus haute instance imaginable. D'ailleurs, toutes les infractions citées ici ne sont pas seulement valables pour la Suisse, mais aussi pour l'ensemble de l'espace germanophone et pour le reste de la population mondiale. Je vais maintenant vous décrire comment moi et ma famille nous procédons. Vous pouvez toutefois appliquer tout ce qui est dit à votre situation, à votre législation et à votre constitution si cela vous parle. Pour gagner du temps, je me concentre ici sur les délits de la SRF, la Radio Télévision Suisse. Mais vous trouverez en bas, dans l'infobox, des listes bien plus complètes des grands criminels de vos médias à taxes obligatoires. Restez à l’écoute, car toutes les atrocités et les meurtres de masse mentionnés ici sont cachés non seulement par les médias suisses, mais aussi par d'innombrables autres médias à taxes obligatoire dans le monde entier, et de par leur complicité ils les encouragent.</w:t>
         <w:br/>
         <w:t xml:space="preserve">En vertu des articles suivants du code pénal suisse, nous rejetons en effet toute demande de paiement de Serafe (c'est-à-dire toute taxe sur l’audio-visuel) jusqu'à ce qu'une instance judiciaire réellement indépendante ait examiné ces constatations avec la participation du public. Tant nos lois et nos constitutions que nos consciences nous interdisent de participer financièrement ou d'une autre manière à des organisations dont les agissements ont été jugés criminels et extrêmement dangereux pour le bien-être du peuple par des experts indépendants de haut niveau. Nous courons ainsi le risque d'être un jour accusés et condamnés par la justice pour participation ou refus d'accomplir notre devoir. C'est ce qui arrive encore aujourd'hui aux bureaucrates dociles de la Seconde Guerre mondiale, même si, il y a plus de 70 ans, ils ont seulement taillé les crayons de leurs dirigeants nazis. Nous sommes donc tenus de porter plainte en cas de simple soupçon d'atrocités imprescriptibles. Mais dans le cas présent, il s'agit de bien plus qu'un simple soupçon. Il s'agit de témoignages brutaux de spécialistes de haut niveau dont les voix sont systématiquement étouffées, censurées et dénigrées avec la plus grande inhumanité par les médias à taxes obligatoires. Voici tout d'abord un aperçu des délits constatés qui ont été commis par les "médias de qualité payants". Selon les experts renommés cités précédemment, ces derniers se sont rendus coupables des délits graves suivants - vous trouverez les articles de droit pénal insérés sous la vidéo ainsi que tout ce qui a été dit, prêts à imprimer.</w:t>
         <w:br/>
@@ -645,2751 +646,2827 @@
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00F202F1" w:rsidP="00C534E6" w:rsidRDefault="00F202F1">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
         </w:pBdr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C534E6">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sources:</w:t>
+        <w:t>Sources :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00F202F1" w:rsidP="00C534E6" w:rsidRDefault="00F202F1">
       <w:pPr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Article pénal sur les délits commis par les médias pour les prélèvements obligatoires</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId21">
+      <w:hyperlink w:history="true" r:id="R0112630eeaf44760">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.fedlex.admin.ch/eli/cc/54/757_781_799/de</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Livre d'Uwe Hartmann « La guerre hybride, une nouvelle menace pour la liberté et la paix »</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId22">
+      <w:hyperlink w:history="true" r:id="R04b3ca18146d4068">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://buchshop.bod.de/hybrider-krieg-als-neue-bedrohung-von-freiheit-und-frieden-uwe-hartmann-9783945861042</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId23">
+      <w:hyperlink w:history="true" r:id="R9cfe6db3e74b4626">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.frankfurter-hefte.de/media/Archiv/2016/Heft_12/PDF/2016-12_hartmann.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Bill Gates sur le vaccin Corona :</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId24">
+      <w:hyperlink w:history="true" r:id="R858fde47f2f34876">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=083VjebhzgI</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId25">
+      <w:hyperlink w:history="true" r:id="Raad5f0d6e91844c7">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.cbsnews.com/video/extended-interview-bill-gates-on-coronavirus-pandemic/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId26">
+      <w:hyperlink w:history="true" r:id="R80f3f50f832d4b88">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://multipolar-magazin.de/artikel/der-impfaktivismus-der-gates-stiftung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">1ère justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId27">
+      <w:hyperlink w:history="true" r:id="Rff1c4790dab444c5">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/28218</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Conférence de Munich sur la sécurité?!</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">2e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId28">
+      <w:hyperlink w:history="true" r:id="Rade52d526e114766">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.patriotpetition.org/2019/06/28/faire-und-ausgewogene-berichterstattung-im-srf-durchsetzen-serafe-moratorium-jetzt/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId29">
+      <w:hyperlink w:history="true" r:id="Rf54e239d4b3f4dcd">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/12016</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Prof. Werner Kirstein « Le changement climatique politico-généré », dès 13:45 min.</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission| </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId30">
+      <w:hyperlink w:history="true" r:id="R0177b40caaf14dad">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/14420</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">« Changement climatique nucléaire ? Plus de 2’100 essais de bombes atomiques depuis 1945 ! »</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId31">
+      <w:hyperlink w:history="true" r:id="Rbd24efe5a70243df">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/27872</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- "Manipulations météorologiques : Ce que nous savons avec certitude - Conférence du physicien ETH Dr. Philipp Zeller"</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">3ème justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId32">
+      <w:hyperlink w:history="true" r:id="R6c4e7e326e234d06">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://aktuelle-nachrichten.app/schweizer-physiker-ueber-chemtrails-und-haarp-die-frage-ist-was-dem-kerosin-beigemischt-wird-video/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">4e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId33">
+      <w:hyperlink w:history="true" r:id="R8bf399511c7f43dd">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://stopworldcontrol.com/de/uno/?inf_contact_key=19c3360d62408152d02627ae30553571f651f238aa2edbb9c8b7cff03e0b16a0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">5e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId34">
+      <w:hyperlink w:history="true" r:id="Rf67aabdd20cf4a79">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/27305</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- La secte du sang II</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId35">
+      <w:hyperlink w:history="true" r:id="Re887f8eb81c94784">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/26446</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- REUPLOAD : Scandale autour de la SRF et Robin Rehmann - Satanic Panic</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId36">
+      <w:hyperlink w:history="true" r:id="Re26fcd04fd764e40">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=dF7XJ5OZn44</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">6e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId37">
+      <w:hyperlink w:history="true" r:id="R7464ed2f51e24843">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.kla.tv/27319</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Jan Böhmermann : Satire financée par l'Etat - au détriment de la diversité d'opinion</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">7e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId38">
+      <w:hyperlink w:history="true" r:id="R7a74c2973a224675">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=wzVe684qbOY</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId39">
+      <w:hyperlink w:history="true" r:id="Rfbfc39cf698448a4">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/27305</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- La secte du sang II</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">8e justification </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Panique satanique 2 : </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId40">
+      <w:hyperlink w:history="true" r:id="Rb1c6af3be001479d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=4GK0DETWYPQ</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">9e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId41">
+      <w:hyperlink w:history="true" r:id="R143121ac251a42d5">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/wissen/corona/who-chef-ghebreyesus-mit-umsicht-gegen-das-coronavirus</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId42">
+      <w:hyperlink w:history="true" r:id="R9e308d821c4342d2">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/26779</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Le dossier Tedros</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">10e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId43">
+      <w:hyperlink w:history="true" r:id="R2b8abb8c0d054760">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/16937</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- La fraude mondiale de Corona couverte par les médias ?</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">11e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId44">
+      <w:hyperlink w:history="true" r:id="Rc0a8bf9aeb584301">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.fedlex.admin.ch/eli/cc/2007/150/de#id-5-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">12e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId45">
+      <w:hyperlink w:history="true" r:id="R1be9733da0d6400e">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.linkedin.com/pulse/how-rockefeller-founded-deep-state-pharma-waged-war-cures-mukhamedin</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">OMS, origines et mode opératoire, panique virale </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir les émissions :</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId46">
+      <w:hyperlink w:history="true" r:id="R5ffc4c00919d48a0">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/27568</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId47">
+      <w:hyperlink w:history="true" r:id="R5315235a4125445c">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/10075</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId48">
+      <w:hyperlink w:history="true" r:id="Rc9336a4c6007414a">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/25901</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId49">
+      <w:hyperlink w:history="true" r:id="R13830fa48f5b4196">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/28042</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">13e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Sources voir l'émission : </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId50">
+      <w:hyperlink w:history="true" r:id="R053f5752f25c46af">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/17530</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Le test PCR Corona résiste-t-il à un fact checking ?</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">14e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId51">
+      <w:hyperlink w:history="true" r:id="Rf9e7f6ee723a429d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/play/tv/puls/video/long-covid-jugend-schuetzt-nicht-vor-langzeitfolgen?urn=urn:srf:video:89e2cebd-522c-449e-9a7b-0822474c290e</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId52">
+      <w:hyperlink w:history="true" r:id="R5f02a1e20e3d4796">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://corona-transition.org/strafanzeige-gegen-das-fernsehen-srf-wegen-schreckung-der-bevolkerung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId53">
+      <w:hyperlink w:history="true" r:id="Rad35ad5ad55c4f45">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://tkp.at/2024/03/15/australische-behoerde-long-covid-gibt-es-nicht/?utm_source=mailpoet&amp;utm_medium=email&amp;utm_source_platform=mailpoet&amp;utm_campaign=neue-artikel-der-woche-auf-tkp-at-vom-date-d-date-m-date-y_924</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId54">
+      <w:hyperlink w:history="true" r:id="Redb9863544ec4551">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/19240</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Plainte pénale contre SRF pour avoir alarmé la population</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">15e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId55">
+      <w:hyperlink w:history="true" r:id="R82cedf2f05484e1e">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId56">
+      <w:hyperlink w:history="true" r:id="Rcccd95e11d4048b1">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://anandamide.substack.com/p/vaccine-targeted-qpcr-of-cancer-cell</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">16e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId57">
+      <w:hyperlink w:history="true" r:id="R3b20fac25f3a4d79">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Miao, C.H. et al. (2001) Long-term and therapeutic-level hepatic gene expression of human factor IX after naked plasmid transfer in vivo. Mol. Ther. 3:947-57</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId58">
+      <w:hyperlink w:history="true" r:id="Rbe5bf355d56e4c61">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://pubmed.ncbi.nlm.nih.gov/11407909/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">17e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId59">
+      <w:hyperlink w:history="true" r:id="R4f434f0cde3a4cd5">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">18e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId60">
+      <w:hyperlink w:history="true" r:id="Re312caa59f7b4999">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId61">
+      <w:hyperlink w:history="true" r:id="R8f6faf07c63e442f">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.kla.tv/19373</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Autorisation "conditionnelle" des quatre principaux vaccins Covid hautement négligente ?</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">19e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId62">
+      <w:hyperlink w:history="true" r:id="R6ae299db5c0e4d47">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://t.me/DarioTobler/771</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId63">
+      <w:hyperlink w:history="true" r:id="Rc946384177a24aab">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/schweiz/skepsis-unter-jungen-frauen-unfruchtbar-wegen-covid-impfung-die-gynaekologin-klaert-auf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId64">
+      <w:hyperlink w:history="true" r:id="R4e0304056f434c82">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.stattzeitung.org/artikel-lesen/2023-08-31-moderne-kastration-unfurchtbarkeit-durch-impfung.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">20e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId65">
+      <w:hyperlink w:history="true" r:id="R80348edae5584955">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://weltwoche.ch/daily/srf-will-nicht-ueber-die-rki-files-berichten-die-begruendung-sie-betreffen-deutschland-aber-nicht-die-schweiz-stellt-der-sender-nun-die-berichterstattung-ueber-das-ausland-generell-ein/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId66">
+      <w:hyperlink w:history="true" r:id="R56156666c1ad4346">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://insideparadeplatz.ch/2024/04/14/bag-und-srf-tun-so-als-ob-rki-files-egal-seien/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">21e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId67">
+      <w:hyperlink w:history="true" r:id="R192dab218ba44cb7">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/play/tv/tagesschau/video/tausende-corona-leugner-demonstrieren-in-berlin?urn=urn:srf:video:ed640766-86cb-4d58-a398-a89cc8b0f043</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">22e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId68">
+      <w:hyperlink w:history="true" r:id="Rbb6860ac7b694803">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/schweiz/aerzte-im-visier-behoerden-warnen-corona-skeptiker</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">23e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId69">
+      <w:hyperlink w:history="true" r:id="R0a41731ca4e94ef7">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/play/tv/srf-school/video/verschwoerungstheorien?urn=urn:srf:video:d82d76af-4caf-42de-adce-5b6ea6df8093</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">24e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId70">
+      <w:hyperlink w:history="true" r:id="Rbcf2ec78699f4172">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/28646</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Fuites dans le mainstream : Le changement climatique par des armes météorologiques</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">25e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId71">
+      <w:hyperlink w:history="true" r:id="Rb7ba861802d64145">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.tagesschau.de/multimedia/bilder/anschlaegewtc-ts-100.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId72">
+      <w:hyperlink w:history="true" r:id="R30c0ed8ca2ab4ae9">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/international/20-jahre-nach-9-11-stunden-des-terrors-die-anschlaege-vom-11-september-2001</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId73">
+      <w:hyperlink w:history="true" r:id="R5fd4b910ecd84fd4">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/14912</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Les rapports du gouvernement américain sur le 11 septembre réfutés : WTC7 a été dynamité (par Daniele Ganser)</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">26e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId74">
+      <w:hyperlink w:history="true" r:id="R2fb05e5069ca444d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://propagandaschau.wordpress.com/2017/02/26/attacke-auf-daniele-ganser-auch-das-srf-beherrscht-die-miesen-tricks-der-propaganda/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId75">
+      <w:hyperlink w:history="true" r:id="R08819aa6f6344c50">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=-cJWVBj7PtA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId76">
+      <w:hyperlink w:history="true" r:id="R1aae2b2215fc433f">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.kla.tv/7237</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Attentats terroristes de Paris - la SRF et d'autres médias convaincus de reportages scandaleux</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">27e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId77">
+      <w:hyperlink w:history="true" r:id="R62c84741cc4e4a3c">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/wissen/3-jahre-nach-corona-shutdown-covid-impfkampagne-was-fachleute-heute-anders-machen-wuerden</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId78">
+      <w:hyperlink w:history="true" r:id="R0a29ae7c7f1d4861">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://insideparadeplatz.ch/2022/04/04/srf-monat-maerz-mit-fakenews-rekord/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">28e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId79">
+      <w:hyperlink w:history="true" r:id="Rdef3f21b81bb4402">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.epochtimes.de/politik/ausland/us-gesundheitsbehoerde-cdc-veroeffentlicht-bisher-unbekannte-berichte-ueber-covid-19-impfschaeden-a4654737.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">29e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId80">
+      <w:hyperlink w:history="true" r:id="R5197aa7d7b624381">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/15689</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Guerres basées sur des mensonges</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">30e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId81">
+      <w:hyperlink w:history="true" r:id="Rbbc5bbedb8e84518">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/15689</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Guerres basées sur des mensonges</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId82">
+      <w:hyperlink w:history="true" r:id="R1ea8c942695049c8">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.focus.de/politik/ausland/fast-5-200-tote-drohnenaufnahmen-zeigen-new-york-errichtet-massengraeber-auf-hart-island_id_11871800.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId83">
+      <w:hyperlink w:history="true" r:id="Ra4aff582f1b647ad">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.tagesspiegel.de/politik/armee-transportiert-leichen-mit-lkw-ab--ausnahmezustand-im-land-verlangert-7422163.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId84">
+      <w:hyperlink w:history="true" r:id="Rfca164ca487a47fc">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.bild.de/video/clip/news-ausland/schock-bilder-aus-italien-armee-transportiert-corona-tote-69491592.bild.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId85">
+      <w:hyperlink w:history="true" r:id="R4820158e13fb4b62">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://exxpress.at/die-leichen-von-bergamo-die-wahrheit-ueber-ein-foto-das-der-halben-welt-angst-einjagte/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">31e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId86">
+      <w:hyperlink w:history="true" r:id="R512fa0a79b664f57">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/9822</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- 7 mensonges de la SRF sur la Syrie en 7 minutes</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId87">
+      <w:hyperlink w:history="true" r:id="R0b0ee894e8c84815">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/15689</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Guerres basées sur des mensonges</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">32e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId88">
+      <w:hyperlink w:history="true" r:id="R66810932e91c4b16">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.srf.ch/news/international/assad-ist-nur-noch-an-der-macht-weil-er-so-brutal-ist</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId89">
+      <w:hyperlink w:history="true" r:id="R207ebcb0501b4a16">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.srf.ch/news/international/ein-wandel-vom-ausmass-der-reformation</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId90">
+      <w:hyperlink w:history="true" r:id="Rf81575bc28ec4b9e">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://deutsch.rt.com/kurzclips/44785-christliche-nonne-nach-aleppo-westmedien-luege/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId91">
+      <w:hyperlink w:history="true" r:id="R915ad82b020d4381">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=j-odogWwdA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">. </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId92">
+      <w:hyperlink w:history="true" r:id="Rde1395ea040c4253">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://propagandaschau.wordpress.com/2016/12/27/nach-der-befreiung-von-ost-aleppo/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId93">
+      <w:hyperlink w:history="true" r:id="Re81483705a0748ba">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=mgnTskvdYi0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId94">
+      <w:hyperlink w:history="true" r:id="R3575fce940b54142">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.kla.tv/9696</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Une journaliste britannique de retour d'Alep : tout le monde a raconté les atrocités commises par les rebelles</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId95">
+      <w:hyperlink w:history="true" r:id="R6ce1a7ca7d814762">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.kla.tv/9699</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Un prêtre britannique s'est rendu à Alep : "L'effondrement du journalisme crédible est choquant".</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId96">
+      <w:hyperlink w:history="true" r:id="R3b60485a51de427b">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.kla.tv/9788</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Signes distinctifs d'une pratique conspirationniste - Les médias et la SRF sous la loupe</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId97">
+      <w:hyperlink w:history="true" r:id="R4dea953a319346a7">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/9856</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Une religieuse catholique de retour d'Alep &amp;: Les médias occidentaux mentent sur la réalité en Syrie</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">33e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId98">
+      <w:hyperlink w:history="true" r:id="Rc451c837cd694aae">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.puls24.at/news/politik/wolodymyr-selenskyj-wir-alle-spueren-wie-unser-sieg-naht/281046</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId99">
+      <w:hyperlink w:history="true" r:id="Rf9fbbecca32b4ad9">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.srf.ch/news/international/krieg-in-der-ukraine-selenski-spricht-von-kriegsverbrechen-und-festnahmen-in-cherson</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l’émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId100">
+      <w:hyperlink w:history="true" r:id="Rcc400f42498f4677">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/24203</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Kherson : Crimes de guerre– Les médias ne font pas leur job !</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">34e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Audition de la commission de la santé du Bundestag allemand le 14.03.2022</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId101">
+      <w:hyperlink w:history="true" r:id="R7e09ee1a67f64e0f">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.youtube.com/watch?v=cYu5iPvoKCo</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Dépliant "Mort de cliniques malgré la pandémie ?" de MWGFD, </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId102">
+      <w:hyperlink w:history="true" r:id="Rd6b96115cd0c414d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://freiheitsboten.org/quellen/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Témoignages personnels de médecins, d'infirmières, de kinésithérapeutes </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">(par ex. </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId103">
+      <w:hyperlink w:history="true" r:id="Ra6b9fb175b7845fa">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/19913</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Corona : Comment fonctionne la manipulation des médias- Rapport d'expérience du Dr Andreas Heisler).</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">35e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId104">
+      <w:hyperlink w:history="true" r:id="Rc7270eab16cc444b">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.srf.ch/news/panorama/2015-droht-neuer-waermerekord</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId105">
+      <w:hyperlink w:history="true" r:id="Rd54fc9dc5d4a4501">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://s1.srf.ch/var/storage/images/auftritte/kultur/bilder/2016/11/15/node_11623561/129515071-3ger-DE/bild_s8.jpg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId106">
+      <w:hyperlink w:history="true" r:id="R43a5b8cc33854a7a">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.srf.ch/kultur/wissen/das-klima-auf-der-kippe</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId107">
+      <w:hyperlink w:history="true" r:id="R8ecc16301ad7411b">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.eike-klima-energie.eu/climategate-anzeige/wer-oder-was-ist-eigentlich-der-welt-klimarat-ipcc-und-was-tut-er/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId108">
+      <w:hyperlink w:history="true" r:id="Reeb70226f1bc45c5">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.eike-klima-energie.eu/climategate-anzeige/ipcc-klimarat-wieder-in-noeten-renommierter-wissenschaftler-entlarvt-alarmismus-sowie-eine-korrumpierende-vetternwirtschaft-beim-ipcc/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId109">
+      <w:hyperlink w:history="true" r:id="Rc11bc826bca64049">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://alles-schallundrauch.blogspot.de/2008/05/petition-von-31000-wissenschaftler.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId110">
+      <w:hyperlink w:history="true" r:id="R7d751c119ed74855">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.klimaskeptiker.info/index.php?seite=manipulation.php</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId111">
+      <w:hyperlink w:history="true" r:id="Rb5306e719dcb439b">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.mmnews.de/index.php/etc/12569-die-co2-luege-panik-fuer-profit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId112">
+      <w:hyperlink w:history="true" r:id="Rf872108b9565456d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.kla.tv/9408</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Scientifiques du climat : le changement climatique n'est pas dû au CO2 (exposé du Prof. Dr Werner Kirstein)</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">36e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId113">
+      <w:hyperlink w:history="true" r:id="Rf3a7985143414a3a">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://weltwoche.ch/daily/lug-und-trug-beim-srf-club-die-asylstatistik-war-gefaelscht-und-sollte-die-zuschauer-manipulieren/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId114">
+      <w:hyperlink w:history="true" r:id="R5695f3f483ac4d1d">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.hortipendium.de/CO2-D%C3%BCngung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId115">
+      <w:hyperlink w:history="true" r:id="Rea34f18c5cef4a96">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://de.wikipedia.org/wiki/Kohlenstoffdioxid-D%C3%BCngung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId116">
+      <w:hyperlink w:history="true" r:id="R021216627f63480c">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.gasido.de/blog/posts/co2-im-gewaechshaus-co2-begasung-duengung-alle-infos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">37e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId117">
+      <w:hyperlink w:history="true" r:id="R903c1431c8344106">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>http://www.srf.ch/sendungen/kontext/klimaschutz-jetzt-konkret-der-klimaschwerpunkt-3-3</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir l'émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId118">
+      <w:hyperlink w:history="true" r:id="R9f88adee68f945ef">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/5257-</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Le climat et le méchant homme - L'homme influence-t-il vraiment le climat ?</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">38e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId119">
+      <w:hyperlink w:history="true" r:id="Rb4b700aab23d49c4">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://weltwoche.ch/daily/die-srf-tagesschau-preist-elektro-autos-als-emissionsfrei-an-mit-diesem-maerchen-stellt-sie-sich-in-den-dienst-der-offiziellen-klimapropaganda/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">39e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId120">
+      <w:hyperlink w:history="true" r:id="Rcbce53c1f8be4697">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.bild.de/politik/inland/politik-inland/rundfunkbeitrag-soll-steigen-aber-wofuer-zahlen-wir-eigentlich-87280398.bild.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">40e justification</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">voir émission </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId121">
+      <w:hyperlink w:history="true" r:id="R6142adacb38e454f">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>www.kla.tv/13617</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">- Conférence Uli Weiner : 5G Internet des objets - confort ou catastrophe ?</w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">Bulletin d'information BERENIS janvier 2021 : </w:t>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId122">
+      <w:hyperlink w:history="true" r:id="Rbfa90ac35bfc44ed">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:rPr>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.bafu.admin.ch/dam/bafu/de/dokumente/elektrosmog/fachinfo-daten/newsletter_berenis_sonderausgabe_januar_2021.pdf.download.pdf/Newsletter%20BERENIS%20-%20Sonderausgabe%20Januar%202021.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="00C534E6">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
         </w:pBdr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C534E6">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Cela pourrait aussi vous intéresser:</w:t>
+        <w:t>Cela pourrait aussi vous intéresser :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="00C534E6">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B28C8">
-        <w:t xml:space="preserve">#CommentairesMediatiques - Commentaires médiatiques - </w:t>
-[...6 lines deleted...]
-          <w:t>www.kla.tv/CommentairesMediatiques</w:t>
+        <w:t xml:space="preserve">#Serafe-fr - Serafe - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R6b46808cdfb645cc">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/Serafe-fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">#IvoSasek-fr - Ivo Sasek-fr - </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId124">
+      <w:hyperlink w:history="true" r:id="Rba7a7c817c754cb4">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kla.tv/IvoSasek-fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">#SRF-fr - SRF- Le livre noir "Une fake news vient rarement toute seule" - </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId125">
+      <w:hyperlink w:history="true" r:id="R0daa8173b49f4c68">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kla.tv/SRF-fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
-        <w:t xml:space="preserve">#OpinionSansFard - Opinion sans fard - </w:t>
-[...6 lines deleted...]
-          <w:t>www.kla.tv/OpinionSansFard</w:t>
+        <w:t xml:space="preserve">#FormationNonCensuree - Formation non censurée - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R00ef509b483e42e9">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/FormationNonCensuree</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">#Medias-fr - Médias - </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId127">
+      <w:hyperlink w:history="true" r:id="Ra712a9c7b19a4bf7">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kla.tv/Medias-fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="0026191C">
         <w:rPr/>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="002B28C8">
         <w:t xml:space="preserve">#JourneeDesAmis2024 - Journée des amis 2024 - </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId128">
+      <w:hyperlink w:history="true" r:id="Rc6f2a666c3ca4b7f">
         <w:r w:rsidRPr="00F24C6F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kla.tv/JourneeDesAmis2024</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002B28C8">
+        <w:t xml:space="preserve">#RedevanceObligatoireDesMedias - Redevance obligatoire des médias - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0bb5b49b174b4287">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/RedevanceObligatoireDesMedias</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002B28C8">
+        <w:t xml:space="preserve">#CensureDesMedias - Censure des médias - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R5dd19412b0794441">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/CensureDesMedias</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002B28C8">
+        <w:t xml:space="preserve">#DiscoursNationsIvoSasek - Discours aux nations d'Ivo Sasek - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R369e0f5561314a12">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/DiscoursNationsIvoSasek</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="0026191C">
+        <w:rPr/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002B28C8">
+        <w:t xml:space="preserve">#EmissionsImportantes - Emissions importantes - </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb968221e9c984b0b">
+        <w:r w:rsidRPr="00F24C6F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>www.kla.tv/EmissionsImportantes</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00C534E6" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="00FF4982">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
         </w:pBdr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -3398,51 +3475,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:editId="698817D4" wp14:anchorId="179C7D85">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>14605</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>454025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="719455"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="831" y="0"/>
                 <wp:lineTo x="0" y="1144"/>
                 <wp:lineTo x="0" y="19446"/>
                 <wp:lineTo x="415" y="21162"/>
                 <wp:lineTo x="831" y="21162"/>
                 <wp:lineTo x="20354" y="21162"/>
                 <wp:lineTo x="21185" y="20018"/>
                 <wp:lineTo x="21185" y="1144"/>
                 <wp:lineTo x="20354" y="0"/>
                 <wp:lineTo x="831" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="R5964f9628987440d"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
@@ -3492,324 +3569,256 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:start="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>ce que les médias ne devraient pas dissimuler...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="009779AD" w:rsidR="00FF4982" w:rsidP="00FF4982" w:rsidRDefault="00FF4982">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:start="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t>peu entendu, du peuple pour le peuple...</w:t>
+        <w:t>des choses peu entendues, du peuple pour le peuple...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="001D6477" w:rsidR="00FF4982" w:rsidP="001D6477" w:rsidRDefault="00FF4982">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:start="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="001D6477">
         <w:rPr/>
         <w:t xml:space="preserve">des informations régulières sur </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId13">
+      <w:hyperlink w:history="true" r:id="R42e13e9a9327492b">
         <w:r w:rsidRPr="001D6477" w:rsidR="001D6477">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>www.kla.tv/fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="001D6477" w:rsidR="00FF4982" w:rsidP="001D6477" w:rsidRDefault="00FF4982">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:ind w:firstLine="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidRPr="001D6477">
         <w:rPr/>
-        <w:t>Ça vaut la peine de rester avec nous! </w:t>
+        <w:t>Ça vaut la peine de rester avec nous !</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006C4827" w:rsidR="00C534E6" w:rsidP="00C534E6" w:rsidRDefault="001D6477">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D6477">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vous pouvez vous abonner gratuitement à notre newsletter: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink w:history="true" r:id="rId14">
+        <w:t xml:space="preserve">Vous pouvez vous abonner gratuitement à notre newsletter : </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R838ef64a77024ce7">
         <w:r w:rsidRPr="001D6477">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>www.kla.tv/abo-fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="001D6477" w:rsidRDefault="001D6477">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
         </w:pBdr>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C4827">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Avis de sécurité:</w:t>
+        <w:t>Avis de sécurité :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="00C60E18" w:rsidRDefault="001D6477">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C4827">
         <w:rPr>
           <w:rStyle w:val="edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Les contre voix sont malheureusement de plus en plus censurées et réprimées. Tant que nous ne nous orientons pas en fonction des intérêts et des idéologies de la système presse, nous devons toujours nous attendre à ce que des prétextes soient recherchés pour bloquer ou supprimer Kla.TV.</w:t>
+        <w:t xml:space="preserve">Les contre voix sont malheureusement de plus en plus censurées et réprimées. Tant que nous ne nous orientons pas en fonction des intérêts et des idéologies de la presse du système, nous devons toujours nous attendre à ce que des prétextes soient recherchés pour bloquer ou supprimer Kla.TV.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="006C4827" w:rsidR="001D6477" w:rsidP="00C534E6" w:rsidRDefault="00C205D1">
       <w:pPr>
         <w:keepLines/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C4827">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Alors mettez-vous dès aujourd’hui en réseau en dehors d’internet!</w:t>
+        <w:t xml:space="preserve">Alors mettez-vous dès aujourd’hui en réseau  en dehors d’internet !</w:t>
         <w:br/>
         <w:t xml:space="preserve">Cliquez ici:</w:t>
       </w:r>
       <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="rId15">
+      <w:hyperlink w:history="true" r:id="R9c5a88a2150c4fe8">
         <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>www.kla.tv/vernetzung&amp;lang=fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00C60E18" w:rsidP="00C60E18" w:rsidRDefault="00C60E18">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
+        <w:spacing w:after="0"/>
         <w:pBdr>
           <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="8"/>
         </w:pBdr>
-        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0080337B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...86 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Licence :  </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Raa5fc5bc809842e4">
+        <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="18"/>
+          </w:rPr>
+          <w:t>Licence Kla.TV standard</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w:rsidRPr="00C60E18" w:rsidR="00C60E18" w:rsidP="00CB20A5" w:rsidRDefault="00CB20A5">
       <w:pPr>
+        <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="0080337B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il est permis de diffuser et d’utiliser notre matériel avec l’attribution! Toutefois, le matériel ne peut pas être utilisé hors contexte.</w:t>
-[...2 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Kla.TV produit toutes ses émissions bénévolement et sans but lucratif. La diffusion de nos produits par votre intermédiaire est notre seul salaire ! Pour en savoir plus : </w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0e27f0cb041441d8">
+        <w:r w:rsidRPr="006C4827" w:rsidR="00C60E18">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="12"/>
+          </w:rPr>
+          <w:t>www.kla.tv/licence</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidRPr="00C60E18" w:rsidR="00C60E18">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00503FFA" w:rsidP="00F33FD6" w:rsidRDefault="00503FFA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -3882,51 +3891,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidRPr="00F33FD6" w:rsidR="00F33FD6" w:rsidP="00F33FD6" w:rsidRDefault="00F33FD6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
         <w:top w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="6" w:space="3"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Arme de guerre – taxes sur l’audio-visuel | 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek)  </w:t>
+      <w:t xml:space="preserve">Prélèvements obligatoires SSR : 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek) | 8 mars : « OUI ! 200 francs, ça suffit ! »  </w:t>
     </w:r>
     <w:r w:rsidRPr="00D10E2E">
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:ptab w:alignment="right" w:relativeTo="margin" w:leader="none"/>
     </w:r>
     <w:r w:rsidRPr="00D10E2E">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00D10E2E">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00D10E2E">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="18"/>
@@ -4041,83 +4050,83 @@
     </w:tblGrid>
     <w:tr w:rsidRPr="006C4827" w:rsidR="00F33FD6" w:rsidTr="00FE2F5D">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7717" w:type="dxa"/>
           <w:tcBorders>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:color="365F91" w:themeColor="accent1" w:themeShade="BF" w:sz="8" w:space="0"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00F67ED1">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
             <w:ind w:start="-57"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="18"/>
             </w:rPr>
-            <w:t>Lien online:</w:t>
+            <w:t>Lien en ligne :</w:t>
           </w:r>
           <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:hyperlink w:history="true" r:id="rId1">
             <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>www.kla.tv/28967</w:t>
             </w:r>
           </w:hyperlink>
           <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> | </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="18"/>
             </w:rPr>
-            <w:t xml:space="preserve">Publié le: </w:t>
+            <w:t xml:space="preserve">Publié le : </w:t>
           </w:r>
           <w:r w:rsidRPr="00B9284F" w:rsidR="00F33FD6">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">11.05.2024</w:t>
           </w:r>
         </w:p>
         <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00F33FD6">
           <w:pPr>
             <w:pStyle w:val="Kopfzeile"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidRPr="00B9284F" w:rsidR="00F33FD6" w:rsidP="00FE2F5D" w:rsidRDefault="00CB20A5">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
@@ -5033,51 +5042,51 @@
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FF4982"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:start="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/54/757_781_799/de" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buchshop.bod.de/hybrider-krieg-als-neue-bedrohung-von-freiheit-und-frieden-uwe-hartmann-9783945861042" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frankfurter-hefte.de/media/Archiv/2016/Heft_12/PDF/2016-12_hartmann.pdf" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=083VjebhzgI" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/video/extended-interview-bill-gates-on-coronavirus-pandemic/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://multipolar-magazin.de/artikel/der-impfaktivismus-der-gates-stiftung" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28218" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patriotpetition.org/2019/06/28/faire-und-ausgewogene-berichterstattung-im-srf-durchsetzen-serafe-moratorium-jetzt/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/12016" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/14420" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27872" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aktuelle-nachrichten.app/schweizer-physiker-ueber-chemtrails-und-haarp-die-frage-ist-was-dem-kerosin-beigemischt-wird-video/" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stopworldcontrol.com/de/uno/?inf_contact_key=19c3360d62408152d02627ae30553571f651f238aa2edbb9c8b7cff03e0b16a0" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27305" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/26446" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dF7XJ5OZn44" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27319" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wzVe684qbOY" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27305" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4GK0DETWYPQ" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/wissen/corona/who-chef-ghebreyesus-mit-umsicht-gegen-das-coronavirus" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/26779" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/16937" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/2007/150/de#id-5-2" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/pulse/how-rockefeller-founded-deep-state-pharma-waged-war-cures-mukhamedin" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27568" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/10075" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/25901" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28042" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/17530" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/puls/video/long-covid-jugend-schuetzt-nicht-vor-langzeitfolgen?urn=urn:srf:video:89e2cebd-522c-449e-9a7b-0822474c290e" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corona-transition.org/strafanzeige-gegen-das-fernsehen-srf-wegen-schreckung-der-bevolkerung" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tkp.at/2024/03/15/australische-behoerde-long-covid-gibt-es-nicht/?utm_source=mailpoet&amp;utm_medium=email&amp;utm_source_platform=mailpoet&amp;utm_campaign=neue-artikel-der-woche-auf-tkp-at-vom-date-d-date-m-date-y_924" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19240" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anandamide.substack.com/p/vaccine-targeted-qpcr-of-cancer-cell" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11407909/" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19373" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t.me/DarioTobler/771" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/skepsis-unter-jungen-frauen-unfruchtbar-wegen-covid-impfung-die-gynaekologin-klaert-auf" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stattzeitung.org/artikel-lesen/2023-08-31-moderne-kastration-unfurchtbarkeit-durch-impfung.html" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/srf-will-nicht-ueber-die-rki-files-berichten-die-begruendung-sie-betreffen-deutschland-aber-nicht-die-schweiz-stellt-der-sender-nun-die-berichterstattung-ueber-das-ausland-generell-ein/" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insideparadeplatz.ch/2024/04/14/bag-und-srf-tun-so-als-ob-rki-files-egal-seien/" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/tagesschau/video/tausende-corona-leugner-demonstrieren-in-berlin?urn=urn:srf:video:ed640766-86cb-4d58-a398-a89cc8b0f043" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/aerzte-im-visier-behoerden-warnen-corona-skeptiker" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/srf-school/video/verschwoerungstheorien?urn=urn:srf:video:d82d76af-4caf-42de-adce-5b6ea6df8093" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28646" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tagesschau.de/multimedia/bilder/anschlaegewtc-ts-100.html" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/20-jahre-nach-9-11-stunden-des-terrors-die-anschlaege-vom-11-september-2001" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/14912" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://propagandaschau.wordpress.com/2017/02/26/attacke-auf-daniele-ganser-auch-das-srf-beherrscht-die-miesen-tricks-der-propaganda/" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=-cJWVBj7PtA" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/7237" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/wissen/3-jahre-nach-corona-shutdown-covid-impfkampagne-was-fachleute-heute-anders-machen-wuerden" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insideparadeplatz.ch/2022/04/04/srf-monat-maerz-mit-fakenews-rekord/" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epochtimes.de/politik/ausland/us-gesundheitsbehoerde-cdc-veroeffentlicht-bisher-unbekannte-berichte-ueber-covid-19-impfschaeden-a4654737.html" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.focus.de/politik/ausland/fast-5-200-tote-drohnenaufnahmen-zeigen-new-york-errichtet-massengraeber-auf-hart-island_id_11871800.html" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tagesspiegel.de/politik/armee-transportiert-leichen-mit-lkw-ab--ausnahmezustand-im-land-verlangert-7422163.html" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bild.de/video/clip/news-ausland/schock-bilder-aus-italien-armee-transportiert-corona-tote-69491592.bild.html" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exxpress.at/die-leichen-von-bergamo-die-wahrheit-ueber-ein-foto-das-der-halben-welt-angst-einjagte/" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9822" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/international/assad-ist-nur-noch-an-der-macht-weil-er-so-brutal-ist" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/international/ein-wandel-vom-ausmass-der-reformation" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deutsch.rt.com/kurzclips/44785-christliche-nonne-nach-aleppo-westmedien-luege/" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=j-odogWwdA" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://propagandaschau.wordpress.com/2016/12/27/nach-der-befreiung-von-ost-aleppo/" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=mgnTskvdYi0" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9696" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9699" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9788" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9856" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puls24.at/news/politik/wolodymyr-selenskyj-wir-alle-spueren-wie-unser-sieg-naht/281046" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krieg-in-der-ukraine-selenski-spricht-von-kriegsverbrechen-und-festnahmen-in-cherson" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/24203" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=cYu5iPvoKCo" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freiheitsboten.org/quellen/" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19913" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/panorama/2015-droht-neuer-waermerekord" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://s1.srf.ch/var/storage/images/auftritte/kultur/bilder/2016/11/15/node_11623561/129515071-3ger-DE/bild_s8.jpg" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/kultur/wissen/das-klima-auf-der-kippe" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eike-klima-energie.eu/climategate-anzeige/wer-oder-was-ist-eigentlich-der-welt-klimarat-ipcc-und-was-tut-er/" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eike-klima-energie.eu/climategate-anzeige/ipcc-klimarat-wieder-in-noeten-renommierter-wissenschaftler-entlarvt-alarmismus-sowie-eine-korrumpierende-vetternwirtschaft-beim-ipcc/" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alles-schallundrauch.blogspot.de/2008/05/petition-von-31000-wissenschaftler.html" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.klimaskeptiker.info/index.php?seite=manipulation.php" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mmnews.de/index.php/etc/12569-die-co2-luege-panik-fuer-profit" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9408" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/lug-und-trug-beim-srf-club-die-asylstatistik-war-gefaelscht-und-sollte-die-zuschauer-manipulieren/" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hortipendium.de/CO2-D%C3%BCngung" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.wikipedia.org/wiki/Kohlenstoffdioxid-D%C3%BCngung" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gasido.de/blog/posts/co2-im-gewaechshaus-co2-begasung-duengung-alle-infos" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/sendungen/kontext/klimaschutz-jetzt-konkret-der-klimaschwerpunkt-3-3" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/5257-" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/die-srf-tagesschau-preist-elektro-autos-als-emissionsfrei-an-mit-diesem-maerchen-stellt-sie-sich-in-den-dienst-der-offiziellen-klimapropaganda/" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bild.de/politik/inland/politik-inland/rundfunkbeitrag-soll-steigen-aber-wofuer-zahlen-wir-eigentlich-87280398.bild.html" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/13617" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafu.admin.ch/dam/bafu/de/dokumente/elektrosmog/fachinfo-daten/newsletter_berenis_sonderausgabe_januar_2021.pdf.download.pdf/Newsletter%20BERENIS%20-%20Sonderausgabe%20Januar%202021.pdf" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/CommentairesMediatiques" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/IvoSasek-fr" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/SRF-fr" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/OpinionSansFard" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/Medias-fr" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/JourneeDesAmis2024" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="/word/stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.bin" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.bin" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.bin" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28967" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/fr" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/fr" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/vernetzung&amp;lang=fr" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/abo-fr" TargetMode="External" Id="rId14" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/54/757_781_799/de" TargetMode="External" Id="R0112630eeaf44760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buchshop.bod.de/hybrider-krieg-als-neue-bedrohung-von-freiheit-und-frieden-uwe-hartmann-9783945861042" TargetMode="External" Id="R04b3ca18146d4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frankfurter-hefte.de/media/Archiv/2016/Heft_12/PDF/2016-12_hartmann.pdf" TargetMode="External" Id="R9cfe6db3e74b4626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=083VjebhzgI" TargetMode="External" Id="R858fde47f2f34876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cbsnews.com/video/extended-interview-bill-gates-on-coronavirus-pandemic/" TargetMode="External" Id="Raad5f0d6e91844c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://multipolar-magazin.de/artikel/der-impfaktivismus-der-gates-stiftung" TargetMode="External" Id="R80f3f50f832d4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28218" TargetMode="External" Id="Rff1c4790dab444c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.patriotpetition.org/2019/06/28/faire-und-ausgewogene-berichterstattung-im-srf-durchsetzen-serafe-moratorium-jetzt/" TargetMode="External" Id="Rade52d526e114766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/12016" TargetMode="External" Id="Rf54e239d4b3f4dcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/14420" TargetMode="External" Id="R0177b40caaf14dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27872" TargetMode="External" Id="Rbd24efe5a70243df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aktuelle-nachrichten.app/schweizer-physiker-ueber-chemtrails-und-haarp-die-frage-ist-was-dem-kerosin-beigemischt-wird-video/" TargetMode="External" Id="R6c4e7e326e234d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stopworldcontrol.com/de/uno/?inf_contact_key=19c3360d62408152d02627ae30553571f651f238aa2edbb9c8b7cff03e0b16a0" TargetMode="External" Id="R8bf399511c7f43dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27305" TargetMode="External" Id="Rf67aabdd20cf4a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/26446" TargetMode="External" Id="Re887f8eb81c94784" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=dF7XJ5OZn44" TargetMode="External" Id="Re26fcd04fd764e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27319" TargetMode="External" Id="R7464ed2f51e24843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wzVe684qbOY" TargetMode="External" Id="R7a74c2973a224675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27305" TargetMode="External" Id="Rfbfc39cf698448a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=4GK0DETWYPQ" TargetMode="External" Id="Rb1c6af3be001479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/wissen/corona/who-chef-ghebreyesus-mit-umsicht-gegen-das-coronavirus" TargetMode="External" Id="R143121ac251a42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/26779" TargetMode="External" Id="R9e308d821c4342d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/16937" TargetMode="External" Id="R2b8abb8c0d054760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fedlex.admin.ch/eli/cc/2007/150/de#id-5-2" TargetMode="External" Id="Rc0a8bf9aeb584301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/pulse/how-rockefeller-founded-deep-state-pharma-waged-war-cures-mukhamedin" TargetMode="External" Id="R1be9733da0d6400e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/27568" TargetMode="External" Id="R5ffc4c00919d48a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/10075" TargetMode="External" Id="R5315235a4125445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/25901" TargetMode="External" Id="Rc9336a4c6007414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28042" TargetMode="External" Id="R13830fa48f5b4196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/17530" TargetMode="External" Id="R053f5752f25c46af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/puls/video/long-covid-jugend-schuetzt-nicht-vor-langzeitfolgen?urn=urn:srf:video:89e2cebd-522c-449e-9a7b-0822474c290e" TargetMode="External" Id="Rf9e7f6ee723a429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://corona-transition.org/strafanzeige-gegen-das-fernsehen-srf-wegen-schreckung-der-bevolkerung" TargetMode="External" Id="R5f02a1e20e3d4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tkp.at/2024/03/15/australische-behoerde-long-covid-gibt-es-nicht/?utm_source=mailpoet&amp;utm_medium=email&amp;utm_source_platform=mailpoet&amp;utm_campaign=neue-artikel-der-woche-auf-tkp-at-vom-date-d-date-m-date-y_924" TargetMode="External" Id="Rad35ad5ad55c4f45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19240" TargetMode="External" Id="Redb9863544ec4551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check" TargetMode="External" Id="R82cedf2f05484e1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anandamide.substack.com/p/vaccine-targeted-qpcr-of-cancer-cell" TargetMode="External" Id="Rcccd95e11d4048b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen" TargetMode="External" Id="R3b20fac25f3a4d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pubmed.ncbi.nlm.nih.gov/11407909/" TargetMode="External" Id="Rbe5bf355d56e4c61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krude-theorien-im-internet-vier-behauptungen-ueber-die-corona-impfung-im-fakten-check" TargetMode="External" Id="R4f434f0cde3a4cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/impfung-auf-breiter-front-swissmedic-direktor-zuversichtlich-dass-wir-rennen-gewinnen" TargetMode="External" Id="Re312caa59f7b4999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19373" TargetMode="External" Id="R8f6faf07c63e442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://t.me/DarioTobler/771" TargetMode="External" Id="R6ae299db5c0e4d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/skepsis-unter-jungen-frauen-unfruchtbar-wegen-covid-impfung-die-gynaekologin-klaert-auf" TargetMode="External" Id="Rc946384177a24aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stattzeitung.org/artikel-lesen/2023-08-31-moderne-kastration-unfurchtbarkeit-durch-impfung.html" TargetMode="External" Id="R4e0304056f434c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/srf-will-nicht-ueber-die-rki-files-berichten-die-begruendung-sie-betreffen-deutschland-aber-nicht-die-schweiz-stellt-der-sender-nun-die-berichterstattung-ueber-das-ausland-generell-ein/" TargetMode="External" Id="R80348edae5584955" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insideparadeplatz.ch/2024/04/14/bag-und-srf-tun-so-als-ob-rki-files-egal-seien/" TargetMode="External" Id="R56156666c1ad4346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/tagesschau/video/tausende-corona-leugner-demonstrieren-in-berlin?urn=urn:srf:video:ed640766-86cb-4d58-a398-a89cc8b0f043" TargetMode="External" Id="R192dab218ba44cb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/schweiz/aerzte-im-visier-behoerden-warnen-corona-skeptiker" TargetMode="External" Id="Rbb6860ac7b694803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/play/tv/srf-school/video/verschwoerungstheorien?urn=urn:srf:video:d82d76af-4caf-42de-adce-5b6ea6df8093" TargetMode="External" Id="R0a41731ca4e94ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28646" TargetMode="External" Id="Rbcf2ec78699f4172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tagesschau.de/multimedia/bilder/anschlaegewtc-ts-100.html" TargetMode="External" Id="Rb7ba861802d64145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/20-jahre-nach-9-11-stunden-des-terrors-die-anschlaege-vom-11-september-2001" TargetMode="External" Id="R30c0ed8ca2ab4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/14912" TargetMode="External" Id="R5fd4b910ecd84fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://propagandaschau.wordpress.com/2017/02/26/attacke-auf-daniele-ganser-auch-das-srf-beherrscht-die-miesen-tricks-der-propaganda/" TargetMode="External" Id="R2fb05e5069ca444d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=-cJWVBj7PtA" TargetMode="External" Id="R08819aa6f6344c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/7237" TargetMode="External" Id="R1aae2b2215fc433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/wissen/3-jahre-nach-corona-shutdown-covid-impfkampagne-was-fachleute-heute-anders-machen-wuerden" TargetMode="External" Id="R62c84741cc4e4a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insideparadeplatz.ch/2022/04/04/srf-monat-maerz-mit-fakenews-rekord/" TargetMode="External" Id="R0a29ae7c7f1d4861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epochtimes.de/politik/ausland/us-gesundheitsbehoerde-cdc-veroeffentlicht-bisher-unbekannte-berichte-ueber-covid-19-impfschaeden-a4654737.html" TargetMode="External" Id="Rdef3f21b81bb4402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="R5197aa7d7b624381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="Rbbc5bbedb8e84518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.focus.de/politik/ausland/fast-5-200-tote-drohnenaufnahmen-zeigen-new-york-errichtet-massengraeber-auf-hart-island_id_11871800.html" TargetMode="External" Id="R1ea8c942695049c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tagesspiegel.de/politik/armee-transportiert-leichen-mit-lkw-ab--ausnahmezustand-im-land-verlangert-7422163.html" TargetMode="External" Id="Ra4aff582f1b647ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bild.de/video/clip/news-ausland/schock-bilder-aus-italien-armee-transportiert-corona-tote-69491592.bild.html" TargetMode="External" Id="Rfca164ca487a47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://exxpress.at/die-leichen-von-bergamo-die-wahrheit-ueber-ein-foto-das-der-halben-welt-angst-einjagte/" TargetMode="External" Id="R4820158e13fb4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9822" TargetMode="External" Id="R512fa0a79b664f57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/15689" TargetMode="External" Id="R0b0ee894e8c84815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/international/assad-ist-nur-noch-an-der-macht-weil-er-so-brutal-ist" TargetMode="External" Id="R66810932e91c4b16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/international/ein-wandel-vom-ausmass-der-reformation" TargetMode="External" Id="R207ebcb0501b4a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deutsch.rt.com/kurzclips/44785-christliche-nonne-nach-aleppo-westmedien-luege/" TargetMode="External" Id="Rf81575bc28ec4b9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=j-odogWwdA" TargetMode="External" Id="R915ad82b020d4381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://propagandaschau.wordpress.com/2016/12/27/nach-der-befreiung-von-ost-aleppo/" TargetMode="External" Id="Rde1395ea040c4253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=mgnTskvdYi0" TargetMode="External" Id="Re81483705a0748ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9696" TargetMode="External" Id="R3575fce940b54142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9699" TargetMode="External" Id="R6ce1a7ca7d814762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9788" TargetMode="External" Id="R3b60485a51de427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/9856" TargetMode="External" Id="R4dea953a319346a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puls24.at/news/politik/wolodymyr-selenskyj-wir-alle-spueren-wie-unser-sieg-naht/281046" TargetMode="External" Id="Rc451c837cd694aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.srf.ch/news/international/krieg-in-der-ukraine-selenski-spricht-von-kriegsverbrechen-und-festnahmen-in-cherson" TargetMode="External" Id="Rf9fbbecca32b4ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/24203" TargetMode="External" Id="Rcc400f42498f4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=cYu5iPvoKCo" TargetMode="External" Id="R7e09ee1a67f64e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freiheitsboten.org/quellen/" TargetMode="External" Id="Rd6b96115cd0c414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/19913" TargetMode="External" Id="Ra6b9fb175b7845fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/news/panorama/2015-droht-neuer-waermerekord" TargetMode="External" Id="Rc7270eab16cc444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://s1.srf.ch/var/storage/images/auftritte/kultur/bilder/2016/11/15/node_11623561/129515071-3ger-DE/bild_s8.jpg" TargetMode="External" Id="Rd54fc9dc5d4a4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/kultur/wissen/das-klima-auf-der-kippe" TargetMode="External" Id="R43a5b8cc33854a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eike-klima-energie.eu/climategate-anzeige/wer-oder-was-ist-eigentlich-der-welt-klimarat-ipcc-und-was-tut-er/" TargetMode="External" Id="R8ecc16301ad7411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eike-klima-energie.eu/climategate-anzeige/ipcc-klimarat-wieder-in-noeten-renommierter-wissenschaftler-entlarvt-alarmismus-sowie-eine-korrumpierende-vetternwirtschaft-beim-ipcc/" TargetMode="External" Id="Reeb70226f1bc45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://alles-schallundrauch.blogspot.de/2008/05/petition-von-31000-wissenschaftler.html" TargetMode="External" Id="Rc11bc826bca64049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.klimaskeptiker.info/index.php?seite=manipulation.php" TargetMode="External" Id="R7d751c119ed74855" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mmnews.de/index.php/etc/12569-die-co2-luege-panik-fuer-profit" TargetMode="External" Id="Rb5306e719dcb439b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kla.tv/9408" TargetMode="External" Id="Rf872108b9565456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/lug-und-trug-beim-srf-club-die-asylstatistik-war-gefaelscht-und-sollte-die-zuschauer-manipulieren/" TargetMode="External" Id="Rf3a7985143414a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hortipendium.de/CO2-D%C3%BCngung" TargetMode="External" Id="R5695f3f483ac4d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.wikipedia.org/wiki/Kohlenstoffdioxid-D%C3%BCngung" TargetMode="External" Id="Rea34f18c5cef4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gasido.de/blog/posts/co2-im-gewaechshaus-co2-begasung-duengung-alle-infos" TargetMode="External" Id="R021216627f63480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.srf.ch/sendungen/kontext/klimaschutz-jetzt-konkret-der-klimaschwerpunkt-3-3" TargetMode="External" Id="R903c1431c8344106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/5257-" TargetMode="External" Id="R9f88adee68f945ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weltwoche.ch/daily/die-srf-tagesschau-preist-elektro-autos-als-emissionsfrei-an-mit-diesem-maerchen-stellt-sie-sich-in-den-dienst-der-offiziellen-klimapropaganda/" TargetMode="External" Id="Rb4b700aab23d49c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bild.de/politik/inland/politik-inland/rundfunkbeitrag-soll-steigen-aber-wofuer-zahlen-wir-eigentlich-87280398.bild.html" TargetMode="External" Id="Rcbce53c1f8be4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/13617" TargetMode="External" Id="R6142adacb38e454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bafu.admin.ch/dam/bafu/de/dokumente/elektrosmog/fachinfo-daten/newsletter_berenis_sonderausgabe_januar_2021.pdf.download.pdf/Newsletter%20BERENIS%20-%20Sonderausgabe%20Januar%202021.pdf" TargetMode="External" Id="Rbfa90ac35bfc44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/Serafe-fr" TargetMode="External" Id="R6b46808cdfb645cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/IvoSasek-fr" TargetMode="External" Id="Rba7a7c817c754cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/SRF-fr" TargetMode="External" Id="R0daa8173b49f4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/FormationNonCensuree" TargetMode="External" Id="R00ef509b483e42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/Medias-fr" TargetMode="External" Id="Ra712a9c7b19a4bf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/JourneeDesAmis2024" TargetMode="External" Id="Rc6f2a666c3ca4b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/RedevanceObligatoireDesMedias" TargetMode="External" Id="R0bb5b49b174b4287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/CensureDesMedias" TargetMode="External" Id="R5dd19412b0794441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/DiscoursNationsIvoSasek" TargetMode="External" Id="R369e0f5561314a12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/EmissionsImportantes" TargetMode="External" Id="Rb968221e9c984b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/fr" TargetMode="External" Id="R5964f9628987440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/fr" TargetMode="External" Id="R42e13e9a9327492b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/abo-fr" TargetMode="External" Id="R838ef64a77024ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/vernetzung&amp;lang=fr" TargetMode="External" Id="R9c5a88a2150c4fe8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/licence" TargetMode="External" Id="Raa5fc5bc809842e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/licence" TargetMode="External" Id="R0e27f0cb041441d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="/word/footer1.xml" Id="rId18" /><Relationship Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="/word/stylesWithEffects.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="/word/endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="/word/header1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/word/theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="/word/footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="/word/webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.bin" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="/word/fontTable.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="/word/settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.bin" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28967" TargetMode="External" Id="rId8" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image.bin" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kla.tv/28967" TargetMode="External" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -5326,58 +5335,49 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Normal.dotm</ap:Template>
-[...4 lines deleted...]
-  <ap:Application>Microsoft Office Word</ap:Application>
+  <ap:Words>8072</ap:Words>
   <ap:DocSecurity>0</ap:DocSecurity>
-  <ap:Lines>2</ap:Lines>
-  <ap:Paragraphs>1</ap:Paragraphs>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="2">
       <vt:variant>
-        <vt:lpstr>Arme de guerre – taxes sur l’audio-visuel | 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek)</vt:lpstr>
+        <vt:lpstr>Prélèvements obligatoires SSR : 40 raisons pour lesquelles je ne paie plus (par Ivo Sasek) | 8 mars : « OUI ! 200 francs, ça suffit ! »</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </ap:HeadingPairs>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="1">
       <vt:lpstr/>
     </vt:vector>
   </ap:TitlesOfParts>
-  <ap:Company/>
+  <ap:Company>KLA.TV</ap:Company>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
-  <ap:CharactersWithSpaces>368</ap:CharactersWithSpaces>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
-  <ap:AppVersion>14.0000</ap:AppVersion>
 </ap:Properties>
 </file>