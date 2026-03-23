--- v0 (2026-02-23)
+++ v1 (2026-03-23)
@@ -1,83 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/media/image1.jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/word/media/image3.png" ContentType="image/png"/>
   <Override PartName="/word/media/image2.png" ContentType="image/png"/>
-  <Override PartName="/word/media/image3.png" ContentType="image/png"/>
   <Override PartName="/word/media/image4.png" ContentType="image/png"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/_rels/document.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/_rels/header1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:document xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:anchor behindDoc="1" distT="0" distB="71755" distL="144145" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3554095</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-10795</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2228215" cy="1382395"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapSquare wrapText="left"/>
+            <wp:wrapSquare wrapText="largest"/>
             <wp:docPr id="1" name="Grafik 5" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Grafik 5" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\MissingVideoImage.png">
                       <a:hlinkClick r:id="rId3"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId2"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
@@ -105,55 +105,55 @@
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Texttitelsize"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-542290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-254000</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="381000" cy="381000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="-8" y="0"/>
-[...3 lines deleted...]
-                <wp:lineTo x="-8" y="0"/>
+                <wp:start x="-14" y="0"/>
+                <wp:lineTo x="-14" y="20509"/>
+                <wp:lineTo x="20508" y="20509"/>
+                <wp:lineTo x="20508" y="0"/>
+                <wp:lineTo x="-14" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Grafik 2" descr="C:\Temp\QR-Code_klaTv_cut.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="C:\Temp\QR-Code_klaTv_cut.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="381000" cy="381000"/>
@@ -165,50 +165,51 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Texttitelsize"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Social Media Verbot Kommt die totale Überwachung?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:widowControl w:val="false"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Friedrich Merz und die SPD haben sich für ein Social-Media-Verbot für Kinder unter 14 Jahren ausgesprochen. Der Zugang soll nur über eine spezielle App der Erziehungsberechtigten möglich sein. In dieser App sind Personalausweis und Führerschein gespeichert. Dies lässt jeden Nutzer gläsern werden. Damit sind der technologischen Überwachung und somit Ausgrenzungsmöglichkeiten Tür und Tor geöffnet!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -223,318 +224,322 @@
         <w:t>Er schreibt dazu: „Wer die Klarnamenpflicht [gesetzliche Verpflichtung, im Internet oder bei bestimmten Dienstleistungen den Realnamen anzugeben, anstatt unter Pseudonym zu agieren] auch nur annähernd „wirksam“ gestalten will, muss Identitätsdaten verarbeiten und verifizieren. Damit wird die Rede nicht nur sichtbar, sondern dauerhaft personalisiert gespeichert – mit sämtlichen Folgeeffekten: Datenpannen, Stigmatisierung, [Abwertung aufgrund von der Norm abweichendem Verhalten oder Meinungen] „Reputationsschäden, [Schädigung des Ansehens aufgrund einer vermeintlich falschen Meinung] politische Zuordnung.“</w:t>
         <w:br/>
         <w:t>Ist der Schutz Jugendlicher vor den Exzessen auf Social-Media Plattformen und die Unterbindung von „Hass und Hetze“ im Internet nur ein Vorwand? Man liefert der Bevölkerung einen Grund, sich mit der KI-gesteuerten technologischen Überwachung und damit Ausgrenzungsmöglichkeit vollends abzufinden!</w:t>
         <w:br/>
         <w:t>Ausschnitt aus der Sendung Menschheit auf direktem Weg ins digitale Gefängnis! [www.kla.tv/38544]:</w:t>
         <w:br/>
         <w:t>Ausgrenzung</w:t>
         <w:br/>
         <w:t>1. Digitale biometrische Identitätssysteme öffnen oder schließen die digitale Welt für einen Menschen. Zum Beispiel das Tor zur digitalen Zentralbankenwährung (CBDC).</w:t>
         <w:br/>
         <w:t>Ohne eine von der Regierung geförderte digitale Identität könne kein CBDC-System betrieben werden, erklärte Stefan Ingves [ehemaliger Gouverneur der schwedischen Reichsbank].</w:t>
         <w:br/>
         <w:t>Whitney Webb, bekannte investigative Journalistin, warnt vor der Entstehung eines neuen internationalen Finanzsystems. Ohne Teilnahme an diesem System werde man weder eine rechtliche Identität noch Zugang zu wirtschaftlichen Aktivitäten haben – praktisch existiere man für Staat und Privatsektor nicht.</w:t>
         <w:br/>
         <w:t>Kayvan Soufi-Siavash prognostiziert es wie folgt: „Hinter ID2020 zum Beispiel steckt der perfide Plan, jeden Menschen in all seinen Bedürfnissen schikanieren zu können. Wer nicht über den aktuellen Impfstatus verfügt, wer den willkürlich definierten CO2-Abdruck überschreitet, wer sich im öffentlichen Raum nicht an entsprechende Narrative hält, wird mit dem Entzug und dann der einzig gültigen Digitalwährung bestraft oder es werden ihm willkürlich alle Bürgerrechte aberkannt.“</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>von -</w:t>
+        <w:t>von: sl./je.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Quellen:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Alexander Wallasch - KONTRAFUNK „Die Stimmer der Vernunft“</w:t>
         <w:br/>
         <w:t>„Klarnamenpflicht“ ist verfassungswidrige Machtsicherung</w:t>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.alexander-wallasch.de/gastbeitraege/klarnamenpflicht-ist-verfassungswidrige-machtsicherung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">Tagesschau </w:t>
         <w:br/>
         <w:t>SPD fordert Social-Media-Verbot für Kinder unter 14</w:t>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
             <w:sz w:val="18"/>
           </w:rPr>
           <w:t>https://www.tagesschau.de/inland/innenpolitik/spd-positionspapier-social-media-verbot-100.html</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Das könnte Sie auch interessieren:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">#Digitalisierung - </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/Digitalisierung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#Ueberwachung - Totalüberwachung - </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/Ueberwachung</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#ID2020 - </w:t>
       </w:r>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/ID2020</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#SocialMedia - Social Media - </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/SocialMedia</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#Medienzensur - </w:t>
       </w:r>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/Medienzensur</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#Medien - </w:t>
       </w:r>
       <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/Medien</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr/>
         <w:br/>
         <w:br/>
         <w:t xml:space="preserve">#Zensur - </w:t>
       </w:r>
       <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv/Zensur</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>14605</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>454025</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="990600" cy="719455"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
-                <wp:start x="821" y="0"/>
-[...8 lines deleted...]
-                <wp:lineTo x="821" y="0"/>
+                <wp:start x="813" y="0"/>
+                <wp:lineTo x="-18" y="1126"/>
+                <wp:lineTo x="-18" y="19428"/>
+                <wp:lineTo x="401" y="21145"/>
+                <wp:lineTo x="813" y="21145"/>
+                <wp:lineTo x="20341" y="21145"/>
+                <wp:lineTo x="21171" y="19997"/>
+                <wp:lineTo x="21171" y="1126"/>
+                <wp:lineTo x="20341" y="0"/>
+                <wp:lineTo x="813" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="3" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId15"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="Grafik 1" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
                       <a:hlinkClick r:id="rId15"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -551,238 +556,241 @@
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Kla.TV – Die anderen Nachrichten ... frei – unabhängig – unzensiert ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="357" w:left="714"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>was die Medien nicht verschweigen sollten ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="357" w:left="714"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>wenig Gehörtes vom Volk, für das Volk ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:hanging="357" w:left="714"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">tägliche News ab 19:45 Uhr auf </w:t>
       </w:r>
       <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
           </w:rPr>
           <w:t>www.kla.tv</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:ind w:firstLine="357"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>Dranbleiben lohnt sich!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Internetverknpfung"/>
+          <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Kostenloses Abonnement mit wöchentlichen News per E-Mail erhalten Sie unter: </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
             <w:b/>
           </w:rPr>
           <w:t>www.kla.tv/abo</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sicherheitshinweis:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Edit"/>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Gegenstimmen werden leider immer weiter zensiert und unterdrückt. Solange wir nicht gemäß den Interessen und Ideologien der Systempresse berichten, müssen wir jederzeit damit rechnen, dass Vorwände gesucht werden, um Kla.TV zu sperren oder zu schaden.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepLines/>
         <w:spacing w:before="0" w:after="160"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rStyle w:val="Internetverknpfung"/>
+          <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Vernetzen Sie sich darum heute noch internetunabhängig!</w:t>
         <w:br/>
         <w:t>Klicken Sie hier:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Internetverknpfung"/>
             <w:b/>
           </w:rPr>
           <w:t>www.kla.tv/vernetzung</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:keepNext w:val="true"/>
         <w:keepLines/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+          <w:top w:val="single" w:sz="6" w:space="8" w:color="365F91"/>
         </w:pBdr>
         <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Lizenz:  </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="374650" cy="184150"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Grafik 16" descr="C:\Users\W\Downloads\ccby_transparent.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -875,335 +883,334 @@
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Serif">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial">
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:ftr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Fuzeile"/>
       <w:pBdr>
-        <w:top w:val="single" w:sz="6" w:space="3" w:color="365F91" w:themeColor="accent1" w:themeShade="bf"/>
+        <w:top w:val="single" w:sz="6" w:space="3" w:color="365F91"/>
       </w:pBdr>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Social Media Verbot Kommt die totale Überwachung?  </w:t>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE \* ARABIC </w:instrText>
+      <w:instrText> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> / </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> NUMPAGES \* ARABIC </w:instrText>
+      <w:instrText> NUMPAGES </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 wp14 w15">
+<w:hdr xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblpPr w:vertAnchor="text" w:horzAnchor="text" w:leftFromText="142" w:rightFromText="142" w:tblpX="92" w:tblpY="1"/>
-      <w:tblOverlap w:val="never"/>
       <w:tblW w:w="7717" w:type="dxa"/>
       <w:jc w:val="left"/>
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04a0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7717"/>
     </w:tblGrid>
     <w:tr>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7717" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="nil"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="365F91"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-            <w:widowControl/>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:widowControl w:val="false"/>
+            <w:suppressAutoHyphens w:val="true"/>
             <w:spacing w:before="0" w:after="0"/>
-            <w:ind w:left="-57"/>
+            <w:ind w:left="-57" w:hanging="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
               <w:kern w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>Online-Link:</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:kern w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:hyperlink r:id="rId1">
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
+                <w:rStyle w:val="Internetverknpfung"/>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>www.kla.tv/40417</w:t>
             </w:r>
           </w:hyperlink>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:kern w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> | </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:b/>
               <w:kern w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">Veröffentlicht: </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:kern w:val="0"/>
               <w:sz w:val="18"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>23.02.2026</w:t>
           </w:r>
         </w:p>
         <w:p>
           <w:pPr>
-            <w:pStyle w:val="Header"/>
-            <w:widowControl/>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:widowControl w:val="false"/>
+            <w:suppressAutoHyphens w:val="true"/>
             <w:spacing w:before="0" w:after="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
-              <w:rFonts w:eastAsia="Calibri" w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
-              <w:kern w:val="0"/>
+              <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               <w:sz w:val="18"/>
-              <w:szCs w:val="22"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="7995" w:leader="none"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor behindDoc="0" distT="0" distB="0" distL="114300" distR="114300" simplePos="0" locked="0" layoutInCell="0" allowOverlap="1" relativeHeight="5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5039995</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-172720</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="741045" cy="539750"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
-              <wp:start x="-10" y="0"/>
-[...3 lines deleted...]
-              <wp:lineTo x="-10" y="0"/>
+              <wp:start x="-18" y="0"/>
+              <wp:lineTo x="-18" y="20566"/>
+              <wp:lineTo x="21085" y="20566"/>
+              <wp:lineTo x="21085" y="0"/>
+              <wp:lineTo x="-18" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="5" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId3"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="5" name="Grafik 3" descr="C:\Users\W\3WAR\2P\1IT\_git\SW\KlaTvVideoDocGen.git\KlaTvVideoDocGen\Material\klatv_logo_200dpi-forf2.75x1.99cm.png">
                     <a:hlinkClick r:id="rId3"/>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -1647,50 +1654,51 @@
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73" w:semiHidden="false" w:unhideWhenUsed="false"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="true"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl/>
+      <w:suppressAutoHyphens w:val="true"/>
       <w:bidi w:val="0"/>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="200"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="" w:asciiTheme="minorHAnsi" w:cstheme="minorBidi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
       <w:color w:val="auto"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="de-CH" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="KopfzeileZchn" w:customStyle="1">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
@@ -1698,201 +1706,201 @@
     <w:rsid w:val="00f33fd6"/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="FuzeileZchn" w:customStyle="1">
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00f33fd6"/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="SprechblasentextZchn" w:customStyle="1">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:rsid w:val="00f33fd6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="character" w:styleId="Internetverknpfung">
+    <w:name w:val="Internetverknüpfung"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00f33fd6"/>
     <w:rPr>
-      <w:color w:themeColor="hyperlink" w:val="0000FF"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Texttitelsize" w:customStyle="1">
     <w:name w:val="text_titel_size"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:rsid w:val="00e81f93"/>
     <w:rPr/>
   </w:style>
   <w:style w:type="character" w:styleId="Edit" w:customStyle="1">
     <w:name w:val="edit"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:rsid w:val="00a71903"/>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Berschrift">
     <w:name w:val="Überschrift"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:next w:val="Textkrper"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Textkrper">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="276" w:before="0" w:after="140"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Aufzhlung">
     <w:name w:val="List"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Textkrper"/>
     <w:pPr/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Beschriftung">
     <w:name w:val="Caption"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis">
     <w:name w:val="Verzeichnis"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopf-undFuzeile">
+  <w:style w:type="paragraph" w:styleId="KopfundFuzeile">
     <w:name w:val="Kopf- und Fußzeile"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="Header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="KopfzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00f33fd6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="708"/>
         <w:tab w:val="center" w:pos="4536" w:leader="none"/>
         <w:tab w:val="right" w:pos="9072" w:leader="none"/>
       </w:tabs>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="Footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FuzeileZchn"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00f33fd6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="708"/>
         <w:tab w:val="center" w:pos="4536" w:leader="none"/>
         <w:tab w:val="right" w:pos="9072" w:leader="none"/>
       </w:tabs>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="SprechblasentextZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00f33fd6"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="240" w:before="0" w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00ff4982"/>
     <w:pPr>
       <w:spacing w:lineRule="auto" w:line="259" w:before="0" w:after="160"/>
-      <w:ind w:left="720"/>
+      <w:ind w:left="720" w:hanging="0"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Rahmeninhalt">
     <w:name w:val="Rahmeninhalt"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr/>
     <w:rPr/>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -2094,52 +2102,52 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/7.6.4.1$Windows_X86_64 LibreOffice_project/e19e193f88cd6c0525a17fb7a176ed8e6a3e2aa1</Application>
+  <Application>LibreOffice/7.2.2.2$Windows_X86_64 LibreOffice_project/02b2acce88a210515b4a5bb2e46cbfb63fe97d56</Application>
   <AppVersion></AppVersion>
-  <Pages>2</Pages>
+  <Pages>3</Pages>
   <Words>661</Words>
-  <Characters>4715</Characters>
-  <CharactersWithSpaces>5371</CharactersWithSpaces>
+  <Characters>4722</Characters>
+  <CharactersWithSpaces>5378</CharactersWithSpaces>
   <Paragraphs>22</Paragraphs>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Kla.tv (DocGen 1.6.0.0)</dc:creator>
   <dc:description/>
   <dc:language>de-CH</dc:language>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
   <dc:subject/>
   <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>